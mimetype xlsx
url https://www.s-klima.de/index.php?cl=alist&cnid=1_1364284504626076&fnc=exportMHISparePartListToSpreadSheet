--- v0 (2025-12-07)
+++ v1 (2026-03-04)
@@ -40,51 +40,51 @@
   <si>
     <t>Position</t>
   </si>
   <si>
     <t>Materialnummer</t>
   </si>
   <si>
     <t>Bezeichnung</t>
   </si>
   <si>
     <t>Füllbecher UEKVASC1ST</t>
   </si>
   <si>
     <t>Schlauch-Set M UEKT01ST0M</t>
   </si>
   <si>
     <t>Füllventil KITVC1ST06</t>
   </si>
   <si>
     <t>M24184</t>
   </si>
   <si>
     <t>Dampfzylinder BL0S1F00H1</t>
   </si>
   <si>
-    <t>Ablaufpumpeneinheit</t>
+    <t>Ablaufpumpeneinheit UEKDRAINST</t>
   </si>
   <si>
     <t>Kunststoffbodenplatte</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>