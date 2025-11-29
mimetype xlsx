--- v0 (2025-10-13)
+++ v1 (2025-11-29)
@@ -67,51 +67,51 @@
   <si>
     <t>M59931</t>
   </si>
   <si>
     <t>Feuchtefühler SSA551B017</t>
   </si>
   <si>
     <t>Halterungsabdeckung PMA129A002</t>
   </si>
   <si>
     <t>Kabelsatz PJF504A047</t>
   </si>
   <si>
     <t>Kabelsatz PJG504A007G</t>
   </si>
   <si>
     <t>Kabel PJF504A010J</t>
   </si>
   <si>
     <t>Schaltkastendeckel PJF142A024</t>
   </si>
   <si>
     <t>Fernbedienung BG PJZ502A031AC</t>
   </si>
   <si>
-    <t>Kondensatleitungsverbind. BG PSA423A004A</t>
+    <t>Kondensatleitungsverbind. PSA423A004A</t>
   </si>
   <si>
     <t>14-16</t>
   </si>
   <si>
     <t>Teilesatz BG PSA008A427</t>
   </si>
   <si>
     <t>Schlauchschelle V300Y32</t>
   </si>
   <si>
     <t>Isolierung SSA153B022BH</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>