--- v0 (2025-11-02)
+++ v1 (2026-01-31)
@@ -46,51 +46,51 @@
   <si>
     <t>Bezeichnung</t>
   </si>
   <si>
     <t>Frontverkleidung RCW122A002</t>
   </si>
   <si>
     <t>Oberverkleidung BG RCW124A004</t>
   </si>
   <si>
     <t>Seitenverkleidung BG re. RCW123A003</t>
   </si>
   <si>
     <t>Luftauslassgitter RCW435A002</t>
   </si>
   <si>
     <t>M75984</t>
   </si>
   <si>
     <t>Griff SSA944B036B</t>
   </si>
   <si>
     <t>Schneidschraube SSA913A034K</t>
   </si>
   <si>
-    <t>Schneidschraube SSA913A034L</t>
+    <t>Schraube SSA913A034L</t>
   </si>
   <si>
     <t>Schneidschraube SSA913A008F</t>
   </si>
   <si>
     <t>Klemmenblockabdeckung RCW142A007</t>
   </si>
   <si>
     <t>Serviceabdeckung BG RCW132A002</t>
   </si>
   <si>
     <t>Motorhalterung BG RCW116A401</t>
   </si>
   <si>
     <t>Motor SSA512T169</t>
   </si>
   <si>
     <t>Halterung BG RCW116A007</t>
   </si>
   <si>
     <t>Leitblech RCW141A001A</t>
   </si>
   <si>
     <t>Propeller SSA431B258</t>
   </si>