--- v0 (2025-11-02)
+++ v1 (2026-02-28)
@@ -55,51 +55,51 @@
   <si>
     <t>Oberverkleidung RCV124A003</t>
   </si>
   <si>
     <t>4-5</t>
   </si>
   <si>
     <t>Serviceabdeckung RCV132A004A</t>
   </si>
   <si>
     <t>Klemmenblockabdeckung RCV142A024</t>
   </si>
   <si>
     <t>Luftauslassgitter RCV435A002</t>
   </si>
   <si>
     <t>M75984</t>
   </si>
   <si>
     <t>Griff SSA944B036B</t>
   </si>
   <si>
     <t>Schneidschraube SSA913A034K</t>
   </si>
   <si>
-    <t>Schneidschraube SSA913A034L</t>
+    <t>Schraube SSA913A034L</t>
   </si>
   <si>
     <t>Schneidschraube SSA913A008F</t>
   </si>
   <si>
     <t>M70511</t>
   </si>
   <si>
     <t>Halterung RCV116A006</t>
   </si>
   <si>
     <t>M70512</t>
   </si>
   <si>
     <t>Motor SSA512T094</t>
   </si>
   <si>
     <t>Motorhalterung RCV116A003</t>
   </si>
   <si>
     <t>Leitblech RPC141A200</t>
   </si>
   <si>
     <t>M70513</t>
   </si>