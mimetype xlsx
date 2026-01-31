--- v0 (2025-10-15)
+++ v1 (2026-01-31)
@@ -67,51 +67,51 @@
   <si>
     <t>Luftauslassgitter RCT435A002</t>
   </si>
   <si>
     <t>M70623</t>
   </si>
   <si>
     <t>Serviceabdeckung RCT132A002</t>
   </si>
   <si>
     <t>M75984</t>
   </si>
   <si>
     <t>Griff SSA944B036B</t>
   </si>
   <si>
     <t>Schutzgitter RCT131A500A</t>
   </si>
   <si>
     <t>Klemmenblockabdeckung RCT142A203</t>
   </si>
   <si>
     <t>Schneidschraube SSA913A034K</t>
   </si>
   <si>
-    <t>Schneidschraube SSA913A034L</t>
+    <t>Schraube SSA913A034L</t>
   </si>
   <si>
     <t>Schneidschraube SSA913A008F</t>
   </si>
   <si>
     <t>M70626</t>
   </si>
   <si>
     <t>Motorhalterung RCT116A003</t>
   </si>
   <si>
     <t>Motor SSA512T061G</t>
   </si>
   <si>
     <t>Leitblech RCT141A201</t>
   </si>
   <si>
     <t>M70628</t>
   </si>
   <si>
     <t>Ventilatorlaufrad SSA431B250</t>
   </si>
   <si>
     <t>Mutter SSA914B007AC</t>
   </si>