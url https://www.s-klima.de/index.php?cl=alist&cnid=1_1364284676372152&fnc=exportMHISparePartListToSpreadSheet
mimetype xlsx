--- v0 (2025-11-02)
+++ v1 (2026-03-06)
@@ -52,51 +52,51 @@
   <si>
     <t>Seitenverkleidung RPC123A200</t>
   </si>
   <si>
     <t>Oberverkleidung RCV124A003</t>
   </si>
   <si>
     <t>Serviceabdeckung RPC132A200</t>
   </si>
   <si>
     <t>Luftauslassgitter RCV435A002</t>
   </si>
   <si>
     <t>M75984</t>
   </si>
   <si>
     <t>Griff SSA944B036B</t>
   </si>
   <si>
     <t>Klemmenblockabdeckung RPC142A200</t>
   </si>
   <si>
     <t>Schneidschraube SSA913A034K</t>
   </si>
   <si>
-    <t>Schneidschraube SSA913A034L</t>
+    <t>Schraube SSA913A034L</t>
   </si>
   <si>
     <t>Kennzeichnung RSA011H036B</t>
   </si>
   <si>
     <t>M70511</t>
   </si>
   <si>
     <t>Halterung RCV116A006</t>
   </si>
   <si>
     <t>M70512</t>
   </si>
   <si>
     <t>Motor SSA512T094</t>
   </si>
   <si>
     <t>Schneidschraube SSA913C031</t>
   </si>
   <si>
     <t>Motorhalterung RCV116A003</t>
   </si>
   <si>
     <t>Leitblech RPC141A200</t>
   </si>