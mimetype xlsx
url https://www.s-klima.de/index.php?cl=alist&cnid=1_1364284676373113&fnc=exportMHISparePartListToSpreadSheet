--- v0 (2025-11-02)
+++ v1 (2026-03-10)
@@ -103,51 +103,51 @@
   <si>
     <t>Halterung RWC116A041A</t>
   </si>
   <si>
     <t>Motor SSA512T061G</t>
   </si>
   <si>
     <t>Leitblech BG RWC141A008</t>
   </si>
   <si>
     <t>M57282</t>
   </si>
   <si>
     <t>Ventilatorlaufrad SSA431B232</t>
   </si>
   <si>
     <t>Mutter SSA914B007AC</t>
   </si>
   <si>
     <t>Halterung BG RWC111A007A</t>
   </si>
   <si>
     <t>Schneidschraube SSA913A034K</t>
   </si>
   <si>
-    <t>Schneidschraube SSA913A034L</t>
+    <t>Schraube SSA913A034L</t>
   </si>
   <si>
     <t>Schneidschraube W011D04X008</t>
   </si>
   <si>
     <t>Schneidschraube SSA913C031</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">