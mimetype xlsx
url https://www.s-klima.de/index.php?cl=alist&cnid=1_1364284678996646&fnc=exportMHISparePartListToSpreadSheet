--- v0 (2025-10-28)
+++ v1 (2026-02-04)
@@ -163,51 +163,51 @@
   <si>
     <t>Halterung PCB116A553K</t>
   </si>
   <si>
     <t>Verdichterisolierung PCM151D018</t>
   </si>
   <si>
     <t>Verdichterisolierung PCM151D019</t>
   </si>
   <si>
     <t>Verdichterisolierung PCM151D020</t>
   </si>
   <si>
     <t>Ölabscheiderisolierung PCM151D017</t>
   </si>
   <si>
     <t>Halterung PCM116A047</t>
   </si>
   <si>
     <t>Klemmenblockabdeckung PCM947K006</t>
   </si>
   <si>
     <t>M69627</t>
   </si>
   <si>
-    <t>Schraube 5x10 SSA913D020</t>
+    <t>Schraube SSA913D020</t>
   </si>
   <si>
     <t>Bügel SSA947H001AK</t>
   </si>
   <si>
     <t>Ölwannenheizung BG PCA541B016H</t>
   </si>
   <si>
     <t>Magnetventilspule PCM382F003</t>
   </si>
   <si>
     <t>Magnetventilspule PCM382F003B</t>
   </si>
   <si>
     <t>Magnetventilspule PCM382F004</t>
   </si>
   <si>
     <t>Magnetventilspule SSA382F224B</t>
   </si>
   <si>
     <t>Kabelsatz PCM504A034F</t>
   </si>
   <si>
     <t>Klemmenblock ASA561B006</t>
   </si>