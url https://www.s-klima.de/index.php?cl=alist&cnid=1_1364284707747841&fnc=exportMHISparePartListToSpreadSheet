--- v0 (2025-11-03)
+++ v1 (2026-02-11)
@@ -73,51 +73,51 @@
   <si>
     <t>Halterung MCD116A055</t>
   </si>
   <si>
     <t>Halterung MCD116A057</t>
   </si>
   <si>
     <t>Halterung MCD116A044</t>
   </si>
   <si>
     <t>Halterung MCD116A050</t>
   </si>
   <si>
     <t>Halterung MCD116A043</t>
   </si>
   <si>
     <t>Halterung MCD116A062</t>
   </si>
   <si>
     <t>Halterung MCD116A061</t>
   </si>
   <si>
     <t>Schneidschraube W011D04X008</t>
   </si>
   <si>
-    <t>Schneidschr. u. Unterlegsch. SSA913D006A</t>
+    <t>Schraube SSA913D006A</t>
   </si>
   <si>
     <t>Schneidschraube W011D04X012</t>
   </si>
   <si>
     <t>Bolzen MCD911A001</t>
   </si>
   <si>
     <t>Durchführung SSA947A102</t>
   </si>
   <si>
     <t>Halterung MCD116A045</t>
   </si>
   <si>
     <t>Halterung MCD116A047</t>
   </si>
   <si>
     <t>Halterung MCD116A053</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>