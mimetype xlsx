--- v0 (2025-10-19)
+++ v1 (2025-12-07)
@@ -473,51 +473,51 @@
     </row>
     <row r="3" spans="1:3">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3">
         <v>1223731</v>
       </c>
       <c r="C3" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4">
         <v>4</v>
       </c>
       <c r="B4" t="s">
         <v>5</v>
       </c>
       <c r="C4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="B5">
         <v>1223719</v>
       </c>
       <c r="C5" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6">
         <v>8</v>
       </c>
       <c r="B6">
         <v>1223575</v>
       </c>
       <c r="C6" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7">
         <v>9</v>
       </c>
       <c r="B7">
         <v>1223717</v>