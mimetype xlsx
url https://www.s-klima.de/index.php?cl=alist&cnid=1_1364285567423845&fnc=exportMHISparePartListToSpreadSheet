--- v0 (2025-11-02)
+++ v1 (2026-02-02)
@@ -106,51 +106,51 @@
   <si>
     <t>M68211</t>
   </si>
   <si>
     <t>Schutzgitter RCR131A001</t>
   </si>
   <si>
     <t>M69787</t>
   </si>
   <si>
     <t>Schutzgitter RCR131A002</t>
   </si>
   <si>
     <t>M88368</t>
   </si>
   <si>
     <t>Klemmenblockabdeckung RCR132A002</t>
   </si>
   <si>
     <t>Gummidämpfer RCR941G001</t>
   </si>
   <si>
     <t>Schneidschraube SSA913A034K</t>
   </si>
   <si>
-    <t>Schneidschraube SSA913A034L</t>
+    <t>Schraube SSA913A034L</t>
   </si>
   <si>
     <t>Halterung BG RCR111A003A</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>