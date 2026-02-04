--- v0 (2025-11-03)
+++ v1 (2026-02-04)
@@ -64,51 +64,51 @@
   <si>
     <t>4-5</t>
   </si>
   <si>
     <t>Mutterabdeckung SSA914H028</t>
   </si>
   <si>
     <t>Schneidschraube SSA913C021A</t>
   </si>
   <si>
     <t>Unterlegscheibe W200H06</t>
   </si>
   <si>
     <t>M75875</t>
   </si>
   <si>
     <t>Durchführung S751W30X</t>
   </si>
   <si>
     <t>Leitblech BG PCA141A173</t>
   </si>
   <si>
     <t>M69627</t>
   </si>
   <si>
-    <t>Schraube 5x10 SSA913D020</t>
+    <t>Schraube SSA913D020</t>
   </si>
   <si>
     <t>Verdichter BG AHT201F344DA</t>
   </si>
   <si>
     <t>M81123</t>
   </si>
   <si>
     <t>Ölwannenheizung BG PCA541B012N</t>
   </si>
   <si>
     <t>M75395</t>
   </si>
   <si>
     <t>Gummidämpfer SSA941C246</t>
   </si>
   <si>
     <t>Flanschmutter SSA914C013</t>
   </si>
   <si>
     <t>M88376</t>
   </si>
   <si>
     <t>Kappe SSA947K026</t>
   </si>