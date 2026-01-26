--- v0 (2025-10-24)
+++ v1 (2026-01-26)
@@ -67,51 +67,51 @@
   <si>
     <t>Sensor BG THI-A PSY551A001AA</t>
   </si>
   <si>
     <t>Kabel PJF504A007D</t>
   </si>
   <si>
     <t>Kabel PJF504A006P</t>
   </si>
   <si>
     <t>Kabel PGA504A417</t>
   </si>
   <si>
     <t>M81680</t>
   </si>
   <si>
     <t>Kabelbaum BG PGA504A407</t>
   </si>
   <si>
     <t>Sensor BG PJZ006A147A</t>
   </si>
   <si>
     <t>11-12</t>
   </si>
   <si>
-    <t>Schaltkastendeckel PGA142A404M</t>
+    <t>Schaltkastendeckel BG PGA142A404M</t>
   </si>
   <si>
     <t>Durchführung SSA947A002S</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>