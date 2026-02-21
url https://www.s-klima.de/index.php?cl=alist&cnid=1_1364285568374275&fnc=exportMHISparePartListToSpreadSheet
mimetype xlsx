--- v0 (2026-01-06)
+++ v1 (2026-02-21)
@@ -76,51 +76,51 @@
   <si>
     <t>Ventilatorgitter PCB131A055</t>
   </si>
   <si>
     <t>M67032</t>
   </si>
   <si>
     <t>Mutterabdeckung SSA914H014C</t>
   </si>
   <si>
     <t>Unterlegscheibe W220G12</t>
   </si>
   <si>
     <t>Unterlegscheibe W200G14</t>
   </si>
   <si>
     <t>Bolzen u. Unterlegscheibe SSA911D207BA</t>
   </si>
   <si>
     <t>Bolzen u. Unterlegscheibe SSA911D207BB</t>
   </si>
   <si>
     <t>M69627</t>
   </si>
   <si>
-    <t>Schraube 5x10 SSA913D020</t>
+    <t>Schraube SSA913D020</t>
   </si>
   <si>
     <t>Mutterabdeckung SSA914H014</t>
   </si>
   <si>
     <t>M68774</t>
   </si>
   <si>
     <t>Unterlegscheibe W200G06</t>
   </si>
   <si>
     <t>Unterlegscheibe W220G06</t>
   </si>
   <si>
     <t>Halterung PCB116B558</t>
   </si>
   <si>
     <t>Halterung PCB116B544</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>