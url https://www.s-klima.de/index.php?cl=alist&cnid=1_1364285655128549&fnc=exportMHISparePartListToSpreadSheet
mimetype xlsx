--- v0 (2026-01-31)
+++ v1 (2026-03-17)
@@ -31,54 +31,54 @@
     <sheet name="Worksheet" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <t>Position</t>
   </si>
   <si>
     <t>Materialnummer</t>
   </si>
   <si>
     <t>Bezeichnung</t>
   </si>
   <si>
     <t>1-8</t>
   </si>
   <si>
     <t>Frontverkleidung BG RLK102A001</t>
   </si>
   <si>
-    <t>Mole re. RLK133A001</t>
-[...2 lines deleted...]
-    <t>Mole li. RLK133A002</t>
+    <t>Seitenleiste re. RLK133A001</t>
+  </si>
+  <si>
+    <t>Seitenleiste li. RLK133A002</t>
   </si>
   <si>
     <t>4-6</t>
   </si>
   <si>
     <t>Lufteinlassklappe BG RLK435A003</t>
   </si>
   <si>
     <t>Paneelarm re. RLK129A020</t>
   </si>
   <si>
     <t>Paneelarm li. RLK129A021</t>
   </si>
   <si>
     <t>Luftfilter RLK437A001</t>
   </si>
   <si>
     <t>Anzeigefenster RLK133A003</t>
   </si>
   <si>
     <t>Bodenverkleidung RLK132A008</t>
   </si>
   <si>
     <t>9-11</t>
   </si>