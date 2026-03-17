--- v0 (2026-01-31)
+++ v1 (2026-03-17)
@@ -49,51 +49,51 @@
   <si>
     <t>1-8</t>
   </si>
   <si>
     <t>Wärmeübertrager RLK301A001</t>
   </si>
   <si>
     <t>Leitung RLK321A039</t>
   </si>
   <si>
     <t>4-6</t>
   </si>
   <si>
     <t>Leitung BG RLK321A010</t>
   </si>
   <si>
     <t>Einschraubstutzen SSA323F091</t>
   </si>
   <si>
     <t>Einschraubstutzen SSA323F091A</t>
   </si>
   <si>
     <t>Leitblech RLK129A006</t>
   </si>
   <si>
-    <t>Seal RLK129A007</t>
+    <t>Abdeckung Wärmeübertrager RLK129A007</t>
   </si>
   <si>
     <t>Schaltkasten RLK142A002</t>
   </si>
   <si>
     <t>Schaltkastenabdeckung RLK132A001</t>
   </si>
   <si>
     <t>Abdeckung RLK129A014</t>
   </si>
   <si>
     <t>12-14</t>
   </si>
   <si>
     <t>Steuerplatine RLK505A001J</t>
   </si>
   <si>
     <t>M81157</t>
   </si>
   <si>
     <t>Varistor SSA555B050C</t>
   </si>
   <si>
     <t>Sicherung SSA564A132</t>
   </si>