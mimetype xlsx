--- v0 (2025-10-29)
+++ v1 (2026-03-04)
@@ -14,101 +14,98 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="A  Gesamtstückliste" sheetId="1" r:id="rId4"/>
     <sheet name="Worksheet" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Position</t>
   </si>
   <si>
     <t>Materialnummer</t>
   </si>
   <si>
     <t>Bezeichnung</t>
   </si>
   <si>
     <t>M01855</t>
   </si>
   <si>
     <t>Nebelauslasshaube STEL001</t>
   </si>
   <si>
     <t>L50070</t>
   </si>
   <si>
     <t>Nebelerzeugereinheit BG STE007</t>
   </si>
   <si>
     <t>L50095</t>
   </si>
   <si>
     <t>Nebelerzeugerplatine STE009</t>
   </si>
   <si>
     <t>L50098</t>
   </si>
   <si>
     <t>Schwingelement TU-20A STE008</t>
   </si>
   <si>
     <t>M01318</t>
   </si>
   <si>
     <t>Silikonunterlage STEL019</t>
   </si>
   <si>
     <t>L50099</t>
   </si>
   <si>
     <t>Abstandshalter Schwingelement STEL009</t>
   </si>
   <si>
-    <t>L50090</t>
-[...2 lines deleted...]
-    <t>O-Ring Kühlkörper STE006</t>
+    <t>O-Ring Abstandshalter 991725047</t>
   </si>
   <si>
     <t>M75224</t>
   </si>
   <si>
     <t>Magnetfüllventil STEL036</t>
   </si>
   <si>
     <t>M59860</t>
   </si>
   <si>
     <t>Magnetfüllventilspule STE039</t>
   </si>
   <si>
     <t>M01858</t>
   </si>
   <si>
     <t>Schwimmerschalter STEL006</t>
   </si>
   <si>
     <t>M01857</t>
   </si>
   <si>
     <t>Magnetfüllventil STEL005</t>
   </si>
@@ -619,275 +616,275 @@
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>11</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>13</v>
       </c>
       <c r="C7" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8">
         <v>7</v>
       </c>
-      <c r="B8" t="s">
+      <c r="B8">
+        <v>1222032</v>
+      </c>
+      <c r="C8" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
+        <v>16</v>
+      </c>
+      <c r="C9" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10">
         <v>10</v>
       </c>
       <c r="B10" t="s">
+        <v>18</v>
+      </c>
+      <c r="C10" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11">
         <v>11</v>
       </c>
       <c r="B11" t="s">
+        <v>20</v>
+      </c>
+      <c r="C11" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12">
         <v>12</v>
       </c>
       <c r="B12" t="s">
+        <v>22</v>
+      </c>
+      <c r="C12" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13">
         <v>13</v>
       </c>
       <c r="B13" t="s">
+        <v>24</v>
+      </c>
+      <c r="C13" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14">
         <v>14</v>
       </c>
       <c r="B14">
         <v>1220594</v>
       </c>
       <c r="C14" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15">
         <v>15</v>
       </c>
       <c r="B15" t="s">
+        <v>27</v>
+      </c>
+      <c r="C15" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16">
         <v>16</v>
       </c>
       <c r="B16" t="s">
+        <v>29</v>
+      </c>
+      <c r="C16" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17">
         <v>18</v>
       </c>
       <c r="B17" t="s">
+        <v>31</v>
+      </c>
+      <c r="C17" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18">
         <v>19</v>
       </c>
       <c r="B18">
         <v>1220588</v>
       </c>
       <c r="C18" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19">
         <v>20</v>
       </c>
       <c r="B19" t="s">
+        <v>34</v>
+      </c>
+      <c r="C19" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20">
         <v>21</v>
       </c>
       <c r="B20" t="s">
+        <v>36</v>
+      </c>
+      <c r="C20" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21">
         <v>22</v>
       </c>
       <c r="B21" t="s">
+        <v>38</v>
+      </c>
+      <c r="C21" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22">
         <v>23</v>
       </c>
       <c r="B22" t="s">
+        <v>40</v>
+      </c>
+      <c r="C22" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23">
         <v>24</v>
       </c>
       <c r="B23" t="s">
+        <v>42</v>
+      </c>
+      <c r="C23" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24">
         <v>25</v>
       </c>
       <c r="B24" t="s">
+        <v>44</v>
+      </c>
+      <c r="C24" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25">
         <v>26</v>
       </c>
       <c r="B25" t="s">
+        <v>46</v>
+      </c>
+      <c r="C25" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26">
         <v>27</v>
       </c>
       <c r="B26" t="s">
+        <v>48</v>
+      </c>
+      <c r="C26" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27">
         <v>28</v>
       </c>
       <c r="B27" t="s">
+        <v>50</v>
+      </c>
+      <c r="C27" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28">
         <v>29</v>
       </c>
       <c r="B28" t="s">
+        <v>52</v>
+      </c>
+      <c r="C28" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>