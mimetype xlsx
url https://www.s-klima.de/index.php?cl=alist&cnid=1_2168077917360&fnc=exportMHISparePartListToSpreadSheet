--- v0 (2025-10-16)
+++ v1 (2025-12-14)
@@ -46,51 +46,51 @@
   <si>
     <t>Bezeichnung</t>
   </si>
   <si>
     <t>M69611</t>
   </si>
   <si>
     <t>Steuerplatine PCA505A114Y</t>
   </si>
   <si>
     <t>M69613</t>
   </si>
   <si>
     <t>Entstörfilterplatine PCA505A127ZB</t>
   </si>
   <si>
     <t>M68737</t>
   </si>
   <si>
     <t>Sensor BG THO-TR SSA551A192L</t>
   </si>
   <si>
     <t>M69614</t>
   </si>
   <si>
-    <t>Sensor BG THO-D,O,R,S PCA551A031K</t>
+    <t>Sensor BG THO-D,A,R1,S PCA551A031K</t>
   </si>
   <si>
     <t>M69616</t>
   </si>
   <si>
     <t>Sensor BG THO-SC PCA551A033</t>
   </si>
   <si>
     <t>M69617</t>
   </si>
   <si>
     <t>Sensor BG THO-H PCA551A033A</t>
   </si>
   <si>
     <t>M69618</t>
   </si>
   <si>
     <t>Drosselspule SSA554B092</t>
   </si>
   <si>
     <t>M67765</t>
   </si>
   <si>
     <t>Kondensator SSA552F601</t>
   </si>