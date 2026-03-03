--- v0 (2025-10-14)
+++ v1 (2026-03-03)
@@ -112,57 +112,57 @@
   <si>
     <t>Serviceabdeckung PCB122A079C</t>
   </si>
   <si>
     <t>M70721</t>
   </si>
   <si>
     <t>Kondensatwanne PCB454A018S</t>
   </si>
   <si>
     <t>M88398</t>
   </si>
   <si>
     <t>Strebe PCB115A090F</t>
   </si>
   <si>
     <t>M70722</t>
   </si>
   <si>
     <t>Kondensatschlauch PCB423B001F</t>
   </si>
   <si>
     <t>M69627</t>
   </si>
   <si>
-    <t>Schraube 5x10 SSA913D020</t>
+    <t>Schraube SSA913D020</t>
   </si>
   <si>
     <t>M75217</t>
   </si>
   <si>
-    <t>Schraube 5x14 SSA913D020D</t>
+    <t>Schraube SSA913D020D</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>