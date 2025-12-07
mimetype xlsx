--- v0 (2025-10-18)
+++ v1 (2025-12-07)
@@ -49,51 +49,51 @@
   <si>
     <t>M75366</t>
   </si>
   <si>
     <t>Gehäuse PFA433B006</t>
   </si>
   <si>
     <t>M35519</t>
   </si>
   <si>
     <t>Ventilatorlaufrad SSA431C055</t>
   </si>
   <si>
     <t>M57397</t>
   </si>
   <si>
     <t>Ventilatorlaufrad SSA431C055A</t>
   </si>
   <si>
     <t>M35523</t>
   </si>
   <si>
     <t>Motor SSA511T031D</t>
   </si>
   <si>
-    <t>Platte PJA119A241</t>
+    <t>Platte PFA119A241</t>
   </si>
   <si>
     <t>Ventilatorgitter PFA961A007</t>
   </si>
   <si>
     <t>M35526</t>
   </si>
   <si>
     <t>Filter PFA437A208</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>