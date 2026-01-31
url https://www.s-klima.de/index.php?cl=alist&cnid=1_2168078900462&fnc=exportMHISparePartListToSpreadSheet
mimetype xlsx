--- v0 (2025-10-13)
+++ v1 (2026-01-31)
@@ -64,51 +64,51 @@
   <si>
     <t>Motor SSA512T076B</t>
   </si>
   <si>
     <t>Mutterabdeckung SSA914H014A</t>
   </si>
   <si>
     <t>Unterlegscheibe SSA915F002D</t>
   </si>
   <si>
     <t>M75875</t>
   </si>
   <si>
     <t>Durchführung S751W30X</t>
   </si>
   <si>
     <t>Schneidschraube SSA913C021A</t>
   </si>
   <si>
     <t>Unterlegscheibe W200H06</t>
   </si>
   <si>
     <t>M69627</t>
   </si>
   <si>
-    <t>Schraube 5x10 SSA913D020</t>
+    <t>Schraube SSA913D020</t>
   </si>
   <si>
     <t>M70696</t>
   </si>
   <si>
     <t>Verdichter BG AGT201A727DN</t>
   </si>
   <si>
     <t>Flanschmutter SSA914C013</t>
   </si>
   <si>
     <t>M70697</t>
   </si>
   <si>
     <t>Ölwannenheizung PCA541B021AN</t>
   </si>
   <si>
     <t>M88344</t>
   </si>
   <si>
     <t>Gummidämpfer SSA941C285G</t>
   </si>
   <si>
     <t>M88442</t>
   </si>