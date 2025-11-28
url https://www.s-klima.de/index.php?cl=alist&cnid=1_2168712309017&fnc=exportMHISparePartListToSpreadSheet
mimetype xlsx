--- v0 (2025-10-13)
+++ v1 (2025-11-28)
@@ -49,51 +49,51 @@
   <si>
     <t>Steuerplatine PCA505A123JF</t>
   </si>
   <si>
     <t>M69620</t>
   </si>
   <si>
     <t>Inverter-Platine PCA505A108YC</t>
   </si>
   <si>
     <t>M69783</t>
   </si>
   <si>
     <t>Entsörfilterplatine PCA505A128YC</t>
   </si>
   <si>
     <t>M67743</t>
   </si>
   <si>
     <t>Sensor BG THO-TIP SSA551A192K</t>
   </si>
   <si>
     <t>M69614</t>
   </si>
   <si>
-    <t>Sensor BG THO-D,O,R,S PCA551A031K</t>
+    <t>Sensor BG THO-D,A,R1,S PCA551A031K</t>
   </si>
   <si>
     <t>M67744</t>
   </si>
   <si>
     <t>Sensor BG THO-R2 PCA551A031D</t>
   </si>
   <si>
     <t>M57301</t>
   </si>
   <si>
     <t>Klemmenblock SSA561B693D</t>
   </si>
   <si>
     <t>M70945</t>
   </si>
   <si>
     <t>Relais SSA521A715A</t>
   </si>
   <si>
     <t>M68963</t>
   </si>
   <si>
     <t>Diodenmodul BG SSA555A803A</t>
   </si>