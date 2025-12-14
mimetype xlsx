--- v0 (2025-10-16)
+++ v1 (2025-12-14)
@@ -52,51 +52,51 @@
   <si>
     <t>Steuerplatine PCA505A191DC</t>
   </si>
   <si>
     <t>M70964</t>
   </si>
   <si>
     <t>Inverter-Platine PCA505A194BB</t>
   </si>
   <si>
     <t>M70965</t>
   </si>
   <si>
     <t>Entstörfilterplatine PCA505A127B</t>
   </si>
   <si>
     <t>M68737</t>
   </si>
   <si>
     <t>Sensor BG THO-TR SSA551A192L</t>
   </si>
   <si>
     <t>M69614</t>
   </si>
   <si>
-    <t>Sensor BG THO-D,O,R,S PCA551A031K</t>
+    <t>Sensor BG THO-D,A,R1,S PCA551A031K</t>
   </si>
   <si>
     <t>M67744</t>
   </si>
   <si>
     <t>Sensor BG THO-R2 PCA551A031D</t>
   </si>
   <si>
     <t>M69618</t>
   </si>
   <si>
     <t>Drosselspule SSA554B092</t>
   </si>
   <si>
     <t>M67765</t>
   </si>
   <si>
     <t>Kondensator SSA552F601</t>
   </si>
   <si>
     <t>M81010</t>
   </si>
   <si>
     <t>Klemmenblock SSA561B693C</t>
   </si>