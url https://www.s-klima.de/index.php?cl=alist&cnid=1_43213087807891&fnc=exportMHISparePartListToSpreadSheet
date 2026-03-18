--- v0 (2025-11-02)
+++ v1 (2026-03-18)
@@ -103,51 +103,51 @@
   <si>
     <t>Durchführung S751W25X</t>
   </si>
   <si>
     <t>M81106</t>
   </si>
   <si>
     <t>Seitenabdeckung PCA142A184B</t>
   </si>
   <si>
     <t>Schutzgitter PCA131A032B</t>
   </si>
   <si>
     <t>M81107</t>
   </si>
   <si>
     <t>Ventilatorgitter PCA131A039</t>
   </si>
   <si>
     <t>Gummidämpfer PCA941G004</t>
   </si>
   <si>
     <t>M69627</t>
   </si>
   <si>
-    <t>Schraube 5x10 SSA913D020</t>
+    <t>Schraube SSA913D020</t>
   </si>
   <si>
     <t>Schneidschr. u. Unterlegsch. SSA913D020A</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>