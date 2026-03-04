--- v0 (2025-10-21)
+++ v1 (2026-03-04)
@@ -52,51 +52,51 @@
   <si>
     <t>Hauptplatine HW2.0 80/111</t>
   </si>
   <si>
     <t>Wärmeleitfolie US-FN-17-0028</t>
   </si>
   <si>
     <t>Temperaturwächter BK05-BB5D-55</t>
   </si>
   <si>
     <t>O-Ring 468766</t>
   </si>
   <si>
     <t>Nebelschlauch 11002627</t>
   </si>
   <si>
     <t>Schlauschelle 53802032</t>
   </si>
   <si>
     <t>Abstandshalter Schwingele. US-FN-17-0023</t>
   </si>
   <si>
     <t>O-Ring Abstandshalter 991725047</t>
   </si>
   <si>
-    <t>Transistor NPN 2SC3835 80/393</t>
+    <t>Transistor NPN 2SC3835</t>
   </si>
   <si>
     <t>M01832</t>
   </si>
   <si>
     <t>Nebelauslassrohr STH001</t>
   </si>
   <si>
     <t>Buchse 890-264</t>
   </si>
   <si>
     <t>Winsta-Mini Stecker 4-pol gn</t>
   </si>
   <si>
     <t>L50098</t>
   </si>
   <si>
     <t>Schwingelement TU-20A STE008</t>
   </si>
   <si>
     <t>Magnetfüllventil STH028</t>
   </si>
   <si>
     <t>M01844</t>
   </si>