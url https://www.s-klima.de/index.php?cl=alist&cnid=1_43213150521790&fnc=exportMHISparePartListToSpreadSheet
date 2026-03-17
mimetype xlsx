--- v0 (2025-11-02)
+++ v1 (2026-03-17)
@@ -67,51 +67,51 @@
   <si>
     <t>Serviceabdeckung RCV132A003</t>
   </si>
   <si>
     <t>Luftauslassgitter RCV435A002</t>
   </si>
   <si>
     <t>M75984</t>
   </si>
   <si>
     <t>Griff SSA944B036B</t>
   </si>
   <si>
     <t>M88240</t>
   </si>
   <si>
     <t>Schutzgitter RCV131A001</t>
   </si>
   <si>
     <t>Abdeckung RCV142A001</t>
   </si>
   <si>
     <t>Schneidschraube SSA913A034H</t>
   </si>
   <si>
-    <t>Schneidschraube SSA913A034J</t>
+    <t>Schraube SSA913A034J</t>
   </si>
   <si>
     <t>Schneidschraube SSA913A008F</t>
   </si>
   <si>
     <t>M81486</t>
   </si>
   <si>
     <t>Halterung RCV116A005</t>
   </si>
   <si>
     <t>M70512</t>
   </si>
   <si>
     <t>Motor SSA512T094</t>
   </si>
   <si>
     <t>Motorhalterung RCV116A003</t>
   </si>
   <si>
     <t>Leitblech RCV141A001A</t>
   </si>
   <si>
     <t>M70513</t>
   </si>