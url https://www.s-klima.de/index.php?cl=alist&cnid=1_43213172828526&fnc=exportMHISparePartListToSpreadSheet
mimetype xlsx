--- v0 (2025-10-13)
+++ v1 (2026-01-13)
@@ -73,51 +73,51 @@
   <si>
     <t>Grundhalterung PJF129A509</t>
   </si>
   <si>
     <t>M70254</t>
   </si>
   <si>
     <t>Durchführung S751W25X</t>
   </si>
   <si>
     <t>Kabelsatz PJF504A503</t>
   </si>
   <si>
     <t>Kabelsatz PJF504A047B</t>
   </si>
   <si>
     <t>Kabel PJF504A001F</t>
   </si>
   <si>
     <t>Schaltkastendeckel PJF142A502</t>
   </si>
   <si>
     <t>Fernbedienung BG PJZ502A031AC</t>
   </si>
   <si>
-    <t>Kondensatleitungsverbind. BG PSA423A004</t>
+    <t>Kondensatleitungsverbind. PSA423A004</t>
   </si>
   <si>
     <t>15-17</t>
   </si>
   <si>
     <t>Teilesatz PSA008A427A</t>
   </si>
   <si>
     <t>Schlauchschelle V300Y32</t>
   </si>
   <si>
     <t>Isolierung SSA153B022BH</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>