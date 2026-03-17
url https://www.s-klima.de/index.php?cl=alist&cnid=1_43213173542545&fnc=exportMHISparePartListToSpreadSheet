--- v0 (2025-11-02)
+++ v1 (2026-03-17)
@@ -97,51 +97,51 @@
   <si>
     <t>M68211</t>
   </si>
   <si>
     <t>Schutzgitter RCR131A001</t>
   </si>
   <si>
     <t>M69787</t>
   </si>
   <si>
     <t>Schutzgitter RCR131A002</t>
   </si>
   <si>
     <t>M88368</t>
   </si>
   <si>
     <t>Klemmenblockabdeckung RCR132A002</t>
   </si>
   <si>
     <t>Gummidämpfer RCR941G001</t>
   </si>
   <si>
     <t>Schneidschraube SSA913A034H</t>
   </si>
   <si>
-    <t>Schneidschraube SSA913A034J</t>
+    <t>Schraube SSA913A034J</t>
   </si>
   <si>
     <t>Motorhalterung RCR116A001D</t>
   </si>
   <si>
     <t>Motor SSA512T076V</t>
   </si>
   <si>
     <t>Schneidschraube SSA913B038</t>
   </si>
   <si>
     <t>M75745</t>
   </si>
   <si>
     <t>Ventilatorlaufrad SSA431B256</t>
   </si>
   <si>
     <t>Mutter SSA914B007AD</t>
   </si>
   <si>
     <t>Schneidschraube W011D04X008</t>
   </si>
   <si>
     <t>Halterung BG RCR111A003D</t>
   </si>