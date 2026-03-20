--- v0 (2025-10-20)
+++ v1 (2026-03-20)
@@ -58,51 +58,51 @@
   <si>
     <t>Serviceabdeckung RPC132A200</t>
   </si>
   <si>
     <t>Luftauslassgitter RCV435A002</t>
   </si>
   <si>
     <t>M75984</t>
   </si>
   <si>
     <t>Griff SSA944B036B</t>
   </si>
   <si>
     <t>M88240</t>
   </si>
   <si>
     <t>Schutzgitter RCV131A001</t>
   </si>
   <si>
     <t>Klemmenblockabdeckung RPC142A200</t>
   </si>
   <si>
     <t>Schneidschraube SSA913A034H</t>
   </si>
   <si>
-    <t>Schneidschraube SSA913A034J</t>
+    <t>Schraube SSA913A034J</t>
   </si>
   <si>
     <t>M70511</t>
   </si>
   <si>
     <t>Halterung RCV116A006</t>
   </si>
   <si>
     <t>M70512</t>
   </si>
   <si>
     <t>Motor SSA512T094</t>
   </si>
   <si>
     <t>Schneidschraube SSA913C031</t>
   </si>
   <si>
     <t>Motorhalterung RCV116A003</t>
   </si>
   <si>
     <t>Leitblech RPC141A200</t>
   </si>
   <si>
     <t>M70513</t>
   </si>