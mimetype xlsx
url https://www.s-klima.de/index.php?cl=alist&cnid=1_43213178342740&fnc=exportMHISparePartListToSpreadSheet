--- v0 (2025-10-21)
+++ v1 (2026-02-01)
@@ -103,51 +103,51 @@
   <si>
     <t>Serviceabdeckung RPC132A900</t>
   </si>
   <si>
     <t>M68211</t>
   </si>
   <si>
     <t>Schutzgitter RCR131A001</t>
   </si>
   <si>
     <t>M69787</t>
   </si>
   <si>
     <t>Schutzgitter RCR131A002</t>
   </si>
   <si>
     <t>Gummidämpfer RCR941G001</t>
   </si>
   <si>
     <t>Klemmenblockabdeckung RPC132A903</t>
   </si>
   <si>
     <t>Schneidschraube SSA913A034H</t>
   </si>
   <si>
-    <t>Schneidschraube SSA913A034J</t>
+    <t>Schraube SSA913A034J</t>
   </si>
   <si>
     <t>Motorhalterung RCR116A001D</t>
   </si>
   <si>
     <t>Motor SSA512T076Y</t>
   </si>
   <si>
     <t>M75745</t>
   </si>
   <si>
     <t>Ventilatorlaufrad SSA431B256</t>
   </si>
   <si>
     <t>Mutter SSA914B007AD</t>
   </si>
   <si>
     <t>Schneidschraube W011D04X008</t>
   </si>
   <si>
     <t>Schneidschraube SSA913B038</t>
   </si>
 </sst>
 </file>
 