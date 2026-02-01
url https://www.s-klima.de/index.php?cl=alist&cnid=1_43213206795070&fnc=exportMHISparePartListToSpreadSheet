--- v0 (2025-11-02)
+++ v1 (2026-02-01)
@@ -55,51 +55,51 @@
   <si>
     <t>Ventilatorlaufrad SSA431B228</t>
   </si>
   <si>
     <t>Motor SSA512T076T</t>
   </si>
   <si>
     <t>Mutterabdeckung SSA914H014A</t>
   </si>
   <si>
     <t>Unterlegscheibe SSA915F002D</t>
   </si>
   <si>
     <t>M75875</t>
   </si>
   <si>
     <t>Durchführung S751W30X</t>
   </si>
   <si>
     <t>Schneidschraube SSA913C031</t>
   </si>
   <si>
     <t>M69627</t>
   </si>
   <si>
-    <t>Schraube 5x10 SSA913D020</t>
+    <t>Schraube SSA913D020</t>
   </si>
   <si>
     <t>Verdichter BG AGT201C727</t>
   </si>
   <si>
     <t>Gummidämpfer SSA941C356</t>
   </si>
   <si>
     <t>Flanschmutter SSA914C013</t>
   </si>
   <si>
     <t>Unterlegscheibe SSA915H042</t>
   </si>
   <si>
     <t>Verdichterisolierung PCB153D049A</t>
   </si>
   <si>
     <t>Isolierung PCB151D120</t>
   </si>
   <si>
     <t>Isolierung PCB151D105C</t>
   </si>
   <si>
     <t>M88348</t>
   </si>